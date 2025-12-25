--- v0 (2025-10-28)
+++ v1 (2025-12-25)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sorszám</t>
   </si>
   <si>
     <t>Ország kód</t>
   </si>
   <si>
     <t>Ország neve</t>
   </si>
   <si>
     <t>Egység összege (HUF)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>68,7785</t>
+    <t>68,8824</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>40,3666</t>
+    <t>40,4276</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>80,7332</t>
+    <t>80,8552</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>102,0033</t>
+    <t>102,1574</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>93,1537</t>
+    <t>93,2945</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>76,0755</t>
+    <t>76,1905</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>43,7822</t>
+    <t>43,8484</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>131,9677</t>
+    <t>132,1671</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>41,9192</t>
+    <t>41,9825</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>82,2858</t>
+    <t>82,4101</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>108,6793</t>
+    <t>108,8435</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>63,655</t>
+    <t>63,7512</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>24,841</t>
+    <t>24,8785</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>87,5645</t>
+    <t>87,6968</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>97,8114</t>
+    <t>97,9592</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>90,0486</t>
+    <t>90,1846</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>114,8896</t>
+    <t>115,0632</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>24,9962</t>
+    <t>25,034</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>33,3801</t>
+    <t>33,4305</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>916,0114</t>
+    <t>917,3955</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>60,5499</t>
+    <t>60,6414</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>58,2211</t>
+    <t>58,309</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>66,5894</t>
+    <t>66,69</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>52,7871</t>
+    <t>52,8669</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>37,2615</t>
+    <t>37,3178</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>48,1294</t>
+    <t>48,2021</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>141,5936</t>
+    <t>141,8076</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>27,9461</t>
+    <t>27,9883</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>55,8922</t>
+    <t>55,9767</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>95,7931</t>
+    <t>95,9378</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>31,3617</t>
+    <t>31,4091</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>57,4448</t>
+    <t>57,5316</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>136,6254</t>
+    <t>136,8319</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>66,7602</t>
+    <t>66,861</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>79,1806</t>
+    <t>79,3003</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>87,4092</t>
+    <t>87,5413</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>62,5682</t>
+    <t>62,6628</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>72,9704</t>
+    <t>73,0807</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>138,178</t>
+    <t>138,3868</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>85,3909</t>
+    <t>85,5199</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>69,8653</t>
+    <t>69,9708</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>100,9165</t>
+    <t>101,069</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>100,1402</t>
+    <t>100,2915</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>18,6307</t>
+    <t>18,6589</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>77,1623</t>
+    <t>77,2789</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>124,2049</t>
+    <t>124,3926</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>145,9408</t>
+    <t>146,1613</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>62,1025</t>
+    <t>62,1963</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>122,8076</t>
+    <t>122,9932</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>88,496</t>
+    <t>88,6297</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>49,682</t>
+    <t>49,757</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>71,4178</t>
+    <t>71,5258</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>58,9973</t>
+    <t>59,0865</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>111,7844</t>
+    <t>111,9534</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>64,5866</t>
+    <t>64,6842</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>74,9887</t>
+    <t>75,102</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>70,9521</t>
+    <t>71,0593</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>94,7063</t>
+    <t>94,8494</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>108,3688</t>
+    <t>108,5326</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>32,6038</t>
+    <t>32,6531</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>74,523</t>
+    <t>74,6356</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>54,3397</t>
+    <t>54,4218</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>43,4717</t>
+    <t>43,5374</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>83,8383</t>
+    <t>83,965</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>186,3074</t>
+    <t>186,5889</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>147,8039</t>
+    <t>148,0272</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>37,572</t>
+    <t>37,6288</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>181,184</t>
+    <t>181,4577</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>26,3935</t>
+    <t>26,4334</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>102,4691</t>
+    <t>102,6239</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>58,5316</t>
+    <t>58,62</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>139,7306</t>
+    <t>139,9417</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>107,1268</t>
+    <t>107,2886</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>38,814</t>
+    <t>38,8727</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>51,2345</t>
+    <t>51,312</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>112,5607</t>
+    <t>112,7308</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>29,4987</t>
+    <t>29,5432</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>91,6011</t>
+    <t>91,7396</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>200,2805</t>
+    <t>200,5831</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>52,1661</t>
+    <t>52,2449</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>86,9435</t>
+    <t>87,0748</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>56,358</t>
+    <t>56,4431</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>93,7747</t>
+    <t>93,9164</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>124,9812</t>
+    <t>125,1701</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>110,2319</t>
+    <t>110,3984</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>106,1952</t>
+    <t>106,3557</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>99,985</t>
+    <t>100,1361</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>104,0216</t>
+    <t>104,1788</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>35,7089</t>
+    <t>35,7629</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>12,4205</t>
+    <t>12,4393</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>155,2562</t>
+    <t>155,4908</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>154,0141</t>
+    <t>154,2468</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>89,4276</t>
+    <t>89,5627</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>