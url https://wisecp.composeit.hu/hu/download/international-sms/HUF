--- v1 (2025-12-25)
+++ v2 (2026-02-23)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sorszám</t>
   </si>
   <si>
     <t>Ország kód</t>
   </si>
   <si>
     <t>Ország neve</t>
   </si>
   <si>
     <t>Egység összege (HUF)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>68,8824</t>
+    <t>67,3857</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>40,4276</t>
+    <t>39,5491</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>80,8552</t>
+    <t>79,0983</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>102,1574</t>
+    <t>99,9376</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>93,2945</t>
+    <t>91,2673</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>76,1905</t>
+    <t>74,5349</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>43,8484</t>
+    <t>42,8956</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>132,1671</t>
+    <t>129,2953</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>41,9825</t>
+    <t>41,0703</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>82,4101</t>
+    <t>80,6194</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>108,8435</t>
+    <t>106,4785</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>63,7512</t>
+    <t>62,366</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>24,8785</t>
+    <t>24,3379</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>87,6968</t>
+    <t>85,7912</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>97,9592</t>
+    <t>95,8306</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>90,1846</t>
+    <t>88,225</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>115,0632</t>
+    <t>112,5629</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>25,034</t>
+    <t>24,49</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>33,4305</t>
+    <t>32,7041</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>917,3955</t>
+    <t>897,4613</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>60,6414</t>
+    <t>59,3237</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>58,309</t>
+    <t>57,042</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>66,69</t>
+    <t>65,2409</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>52,8669</t>
+    <t>51,7181</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>37,3178</t>
+    <t>36,5069</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>48,2021</t>
+    <t>47,1547</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>141,8076</t>
+    <t>138,7262</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>27,9883</t>
+    <t>27,3802</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>55,9767</t>
+    <t>54,7604</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>95,9378</t>
+    <t>93,8532</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>31,4091</t>
+    <t>30,7266</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>57,5316</t>
+    <t>56,2815</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>136,8319</t>
+    <t>133,8586</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>66,861</t>
+    <t>65,4082</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>79,3003</t>
+    <t>77,5772</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>87,5413</t>
+    <t>85,6391</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>62,6628</t>
+    <t>61,3012</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>73,0807</t>
+    <t>71,4927</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>138,3868</t>
+    <t>135,3798</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>85,5199</t>
+    <t>83,6616</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>69,9708</t>
+    <t>68,4504</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>101,069</t>
+    <t>98,8729</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>100,2915</t>
+    <t>98,1123</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>18,6589</t>
+    <t>18,2535</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>77,2789</t>
+    <t>75,5997</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>124,3926</t>
+    <t>121,6897</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>146,1613</t>
+    <t>142,9854</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>62,1963</t>
+    <t>60,8448</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>122,9932</t>
+    <t>120,3207</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>88,6297</t>
+    <t>86,7039</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>49,757</t>
+    <t>48,6759</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>71,5258</t>
+    <t>69,9716</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>59,0865</t>
+    <t>57,8026</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>111,9534</t>
+    <t>109,5207</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>64,6842</t>
+    <t>63,2786</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>75,102</t>
+    <t>73,4701</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>71,0593</t>
+    <t>69,5152</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>94,8494</t>
+    <t>92,7884</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>108,5326</t>
+    <t>106,1742</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>32,6531</t>
+    <t>31,9435</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>74,6356</t>
+    <t>73,0138</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>54,4218</t>
+    <t>53,2392</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>43,5374</t>
+    <t>42,5914</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>83,965</t>
+    <t>82,1405</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>186,5889</t>
+    <t>182,5345</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>148,0272</t>
+    <t>144,8107</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>37,6288</t>
+    <t>36,8111</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>181,4577</t>
+    <t>177,5148</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>26,4334</t>
+    <t>25,8591</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>102,6239</t>
+    <t>100,394</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>58,62</t>
+    <t>57,3463</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>139,9417</t>
+    <t>136,9009</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>107,2886</t>
+    <t>104,9573</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>38,8727</t>
+    <t>38,028</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>51,312</t>
+    <t>50,197</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>112,7308</t>
+    <t>110,2813</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>29,5432</t>
+    <t>28,9013</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>91,7396</t>
+    <t>89,7461</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>200,5831</t>
+    <t>196,2246</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>52,2449</t>
+    <t>51,1097</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>87,0748</t>
+    <t>85,1828</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>56,4431</t>
+    <t>55,2167</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>93,9164</t>
+    <t>91,8757</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>125,1701</t>
+    <t>122,4502</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>110,3984</t>
+    <t>107,9996</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>106,3557</t>
+    <t>104,0447</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>100,1361</t>
+    <t>97,9602</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>104,1788</t>
+    <t>101,9151</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>35,7629</t>
+    <t>34,9858</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>12,4393</t>
+    <t>12,169</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>155,4908</t>
+    <t>152,1121</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>154,2468</t>
+    <t>150,8952</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>89,5627</t>
+    <t>87,6166</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>